--- v0 (2025-10-24)
+++ v1 (2026-02-06)
@@ -7,51 +7,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdWorkbook" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
     <Relationship Id="rIdCore" Type="http://schemas.openxmlformats.org/officedocument/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
     <Relationship Id="rIdApp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheets>
     <sheet name="Přehled obchodníků" sheetId="1" r:id="rIdSheet1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="60" uniqueCount="60">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="65" uniqueCount="65">
   <si>
     <t xml:space="preserve">Ašští bajkeři, z.s.</t>
   </si>
   <si>
     <t xml:space="preserve">Nádražní 1577/2</t>
   </si>
   <si>
     <t xml:space="preserve">Aš</t>
   </si>
   <si>
     <t xml:space="preserve">35201</t>
   </si>
   <si>
     <t xml:space="preserve">Zdraví/Sport/Krása</t>
   </si>
   <si>
     <t xml:space="preserve">Basketbal Aš, z.s.</t>
   </si>
   <si>
     <t xml:space="preserve">Dlouhá 2602/54</t>
   </si>
   <si>
     <t xml:space="preserve">Aš</t>
   </si>
   <si>
@@ -142,50 +142,65 @@
     <t xml:space="preserve">Dolní paseky 3</t>
   </si>
   <si>
     <t xml:space="preserve">Aš - Dolní Paseky</t>
   </si>
   <si>
     <t xml:space="preserve">35201</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí</t>
   </si>
   <si>
     <t xml:space="preserve">Sportovní hala</t>
   </si>
   <si>
     <t xml:space="preserve">ulice Gustava Geipela 11</t>
   </si>
   <si>
     <t xml:space="preserve">Aš</t>
   </si>
   <si>
     <t xml:space="preserve">35201</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Táboráček camp z.s.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dobrovského 1711/19</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aš</t>
+  </si>
+  <si>
+    <t xml:space="preserve">35201</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mimoškolní aktivity dětí</t>
   </si>
   <si>
     <t xml:space="preserve">Tělovýchovná jednota Jiskra Aš, z.s.</t>
   </si>
   <si>
     <t xml:space="preserve">Klicperova 2170/3</t>
   </si>
   <si>
     <t xml:space="preserve">Aš</t>
   </si>
   <si>
     <t xml:space="preserve">35201</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí</t>
   </si>
   <si>
     <t xml:space="preserve">Volejbalový klub Aš z.s.</t>
   </si>
   <si>
     <t xml:space="preserve">Amundsenova 1948/7</t>
   </si>
   <si>
     <t xml:space="preserve">Aš</t>
   </si>
@@ -442,43 +457,60 @@
       </c>
       <c r="D11" s="0" t="s">
         <v>53</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="A12" s="0" t="s">
         <v>55</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>56</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>57</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>58</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>59</v>
       </c>
     </row>
+    <row r="13" spans="1:5">
+      <c r="A13" s="0" t="s">
+        <v>60</v>
+      </c>
+      <c r="B13" s="0" t="s">
+        <v>61</v>
+      </c>
+      <c r="C13" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="D13" s="0" t="s">
+        <v>63</v>
+      </c>
+      <c r="E13" s="0" t="s">
+        <v>64</v>
+      </c>
+    </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>