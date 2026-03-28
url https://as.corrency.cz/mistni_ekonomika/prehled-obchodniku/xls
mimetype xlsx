--- v0 (2025-10-15)
+++ v1 (2026-03-28)
@@ -7,560 +7,653 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdWorkbook" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
     <Relationship Id="rIdCore" Type="http://schemas.openxmlformats.org/officedocument/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
     <Relationship Id="rIdApp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheets>
     <sheet name="Přehled obchodníků" sheetId="1" r:id="rIdSheet1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="170" uniqueCount="170">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="201" uniqueCount="201">
   <si>
     <t xml:space="preserve">"U Nudle" rychlé občerstvení</t>
   </si>
   <si>
     <t xml:space="preserve">Nádražní 12</t>
   </si>
   <si>
     <t xml:space="preserve">Aš</t>
   </si>
   <si>
     <t xml:space="preserve">35201</t>
   </si>
   <si>
     <t xml:space="preserve">Stravování a Ubytování</t>
   </si>
   <si>
+    <t xml:space="preserve">https://unudle-as.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">AM Optik - Marková Alena</t>
   </si>
   <si>
     <t xml:space="preserve">Hlavní 1497/96</t>
   </si>
   <si>
     <t xml:space="preserve">Aš</t>
   </si>
   <si>
     <t xml:space="preserve">35201</t>
   </si>
   <si>
     <t xml:space="preserve">Ostatní zboží a služby, Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.firmy.cz/detail/12840501-alena-markova-as.html</t>
+  </si>
+  <si>
     <t xml:space="preserve">Bar V sadu</t>
   </si>
   <si>
     <t xml:space="preserve">Masarykovo náměstí 2972</t>
   </si>
   <si>
     <t xml:space="preserve">Aš</t>
   </si>
   <si>
     <t xml:space="preserve">35201</t>
   </si>
   <si>
     <t xml:space="preserve">Stravování a Ubytování</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.barvsadu.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">BAW TEXTIL s.r.o. - Výroba bytového textilu, tylů, krajek, záclon a výšivek.</t>
   </si>
   <si>
     <t xml:space="preserve">Saská 2687</t>
   </si>
   <si>
     <t xml:space="preserve">Aš</t>
   </si>
   <si>
     <t xml:space="preserve">35201</t>
   </si>
   <si>
     <t xml:space="preserve">Bytové vybavení, zařízení domácnosti</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.firmy.cz/detail/269936-baw-textil-as.html</t>
+  </si>
+  <si>
     <t xml:space="preserve">Bezobalovy obchod</t>
   </si>
   <si>
     <t xml:space="preserve">Hlavni 121</t>
   </si>
   <si>
     <t xml:space="preserve">Aš</t>
   </si>
   <si>
     <t xml:space="preserve">35201</t>
   </si>
   <si>
     <t xml:space="preserve">Potraviny a Nápoje</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.facebook.com/profile.php?id=100001754752009</t>
+  </si>
+  <si>
     <t xml:space="preserve">Black Dot tattoo</t>
   </si>
   <si>
     <t xml:space="preserve">Luční 2033/3</t>
   </si>
   <si>
     <t xml:space="preserve">Aš</t>
   </si>
   <si>
     <t xml:space="preserve">35201</t>
   </si>
   <si>
     <t xml:space="preserve">Ostatní zboží a služby</t>
   </si>
   <si>
     <t xml:space="preserve">Dane-Nemecko s.r.o.</t>
   </si>
   <si>
     <t xml:space="preserve">Hlavní 108</t>
   </si>
   <si>
     <t xml:space="preserve">Aš</t>
   </si>
   <si>
     <t xml:space="preserve">35201</t>
   </si>
   <si>
     <t xml:space="preserve">Ostatní zboží a služby</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.dane-nemecko.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Domino - obchod s hračkami</t>
   </si>
   <si>
     <t xml:space="preserve">Hlavní 39</t>
   </si>
   <si>
     <t xml:space="preserve">Aš</t>
   </si>
   <si>
     <t xml:space="preserve">35201</t>
   </si>
   <si>
     <t xml:space="preserve">Ostatní zboží a služby</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.hrackydomino.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">ELEKTRO CENTRUM expert, s.r.o.</t>
   </si>
   <si>
     <t xml:space="preserve">Hlavní 2558/54</t>
   </si>
   <si>
     <t xml:space="preserve">Aš</t>
   </si>
   <si>
     <t xml:space="preserve">35201</t>
   </si>
   <si>
     <t xml:space="preserve">Bytové vybavení, zařízení domácnosti, Ostatní zboží a služby</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.expert.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">eRI OPTIK</t>
   </si>
   <si>
     <t xml:space="preserve">Rybniční 2902</t>
   </si>
   <si>
     <t xml:space="preserve">Aš</t>
   </si>
   <si>
     <t xml:space="preserve">35201</t>
   </si>
   <si>
     <t xml:space="preserve">Ostatní zboží a služby, Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.erioptik.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Evelin kosmeticky salon</t>
   </si>
   <si>
     <t xml:space="preserve">Kamenná 526/44</t>
   </si>
   <si>
     <t xml:space="preserve">Aš</t>
   </si>
   <si>
     <t xml:space="preserve">35201</t>
   </si>
   <si>
     <t xml:space="preserve">Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.facebook.com/groups/2787438157979891?locale=cs_CZ</t>
+  </si>
+  <si>
     <t xml:space="preserve">Fitness relaxační centrum Aš</t>
   </si>
   <si>
     <t xml:space="preserve">Pivovarská 8</t>
   </si>
   <si>
     <t xml:space="preserve">Aš</t>
   </si>
   <si>
     <t xml:space="preserve">35201</t>
   </si>
   <si>
     <t xml:space="preserve">Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.fitnesshelena.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Fitness studio LIFE</t>
   </si>
   <si>
     <t xml:space="preserve">Dukelská 15</t>
   </si>
   <si>
     <t xml:space="preserve">Aš</t>
   </si>
   <si>
     <t xml:space="preserve">35201</t>
   </si>
   <si>
     <t xml:space="preserve">Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.fitness-life.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Ing. Zdeněk Nepustil - NepustilTea</t>
   </si>
   <si>
     <t xml:space="preserve">Palackého 2421/9</t>
   </si>
   <si>
     <t xml:space="preserve">Aš</t>
   </si>
   <si>
     <t xml:space="preserve">35201</t>
   </si>
   <si>
     <t xml:space="preserve">Potraviny a Nápoje, Vzdělávání, Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.nepustiltea.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Jacob's pizza bar</t>
   </si>
   <si>
     <t xml:space="preserve">Čapkova 1501/1</t>
   </si>
   <si>
     <t xml:space="preserve">Aš</t>
   </si>
   <si>
     <t xml:space="preserve">35201</t>
   </si>
   <si>
     <t xml:space="preserve">Stravování a Ubytování</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.hotelgoethe.eu</t>
+  </si>
+  <si>
     <t xml:space="preserve">KBM-International s.r.o.</t>
   </si>
   <si>
     <t xml:space="preserve">Palackého 1732</t>
   </si>
   <si>
     <t xml:space="preserve">Aš</t>
   </si>
   <si>
     <t xml:space="preserve">35201</t>
   </si>
   <si>
     <t xml:space="preserve">Ostatní zboží a služby, Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.e-kbm.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Kulturní centrum LaRitma, příspěvková organizace</t>
   </si>
   <si>
     <t xml:space="preserve">Kostelní 43</t>
   </si>
   <si>
     <t xml:space="preserve">Aš</t>
   </si>
   <si>
     <t xml:space="preserve">35201</t>
   </si>
   <si>
     <t xml:space="preserve">Rekreace a Kultura</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.laritma.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Lenka Fidlerová - P&amp;L FidCreative</t>
   </si>
   <si>
     <t xml:space="preserve">Hlavní 2491/19</t>
   </si>
   <si>
     <t xml:space="preserve">Aš</t>
   </si>
   <si>
     <t xml:space="preserve">35201</t>
   </si>
   <si>
     <t xml:space="preserve">Ostatní zboží a služby</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.facebook.com/profile.php?id=100090097212279</t>
+  </si>
+  <si>
     <t xml:space="preserve">LEVNÉ KNIHY OD KAČKY</t>
   </si>
   <si>
     <t xml:space="preserve">Hlavní 39</t>
   </si>
   <si>
     <t xml:space="preserve">Aš</t>
   </si>
   <si>
     <t xml:space="preserve">35201</t>
   </si>
   <si>
     <t xml:space="preserve">Vzdělávání</t>
   </si>
   <si>
     <t xml:space="preserve">Masážní salon Oáza</t>
   </si>
   <si>
     <t xml:space="preserve">Nádražní 12</t>
   </si>
   <si>
     <t xml:space="preserve">Aš</t>
   </si>
   <si>
     <t xml:space="preserve">35201</t>
   </si>
   <si>
     <t xml:space="preserve">Zdraví/Sport/Krása</t>
   </si>
   <si>
     <t xml:space="preserve">Opt-Ikon - DiS. Martin Hyspecký</t>
   </si>
   <si>
     <t xml:space="preserve">Hlavní 111</t>
   </si>
   <si>
     <t xml:space="preserve">Aš</t>
   </si>
   <si>
     <t xml:space="preserve">35201</t>
   </si>
   <si>
     <t xml:space="preserve">Ostatní zboží a služby</t>
   </si>
   <si>
+    <t xml:space="preserve">https://Www.Opt-ikon.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Prodej a servis zahradní a lesní techniky - Milan Filipčík</t>
   </si>
   <si>
     <t xml:space="preserve">Chebská 2819</t>
   </si>
   <si>
     <t xml:space="preserve">Aš</t>
   </si>
   <si>
     <t xml:space="preserve">35201</t>
   </si>
   <si>
     <t xml:space="preserve">Ostatní zboží a služby</t>
   </si>
   <si>
+    <t xml:space="preserve">https://sm-servis.info/</t>
+  </si>
+  <si>
     <t xml:space="preserve">Restaurace hotelu Goethe</t>
   </si>
   <si>
     <t xml:space="preserve">Čapkova 1501/1</t>
   </si>
   <si>
     <t xml:space="preserve">Aš</t>
   </si>
   <si>
     <t xml:space="preserve">35201</t>
   </si>
   <si>
     <t xml:space="preserve">Stravování a Ubytování</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.hotelgoethe.eu</t>
+  </si>
+  <si>
     <t xml:space="preserve">Second Hand Aš</t>
   </si>
   <si>
     <t xml:space="preserve">Hlavní 330/76</t>
   </si>
   <si>
     <t xml:space="preserve">Aš</t>
   </si>
   <si>
     <t xml:space="preserve">35201</t>
   </si>
   <si>
     <t xml:space="preserve">Oděvy a Obuv</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.facebook.com/profile.php?id=61557125556731</t>
+  </si>
+  <si>
     <t xml:space="preserve">Slice of Ritual - tetování &amp; piercing</t>
   </si>
   <si>
     <t xml:space="preserve">Slovanská 16</t>
   </si>
   <si>
     <t xml:space="preserve">Aš</t>
   </si>
   <si>
     <t xml:space="preserve">35201</t>
   </si>
   <si>
     <t xml:space="preserve">Ostatní zboží a služby, Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.instagram.com/slice_of_ritual/</t>
+  </si>
+  <si>
     <t xml:space="preserve">Steak restaurant u Špreňarů</t>
   </si>
   <si>
     <t xml:space="preserve">Hlavní 254/41</t>
   </si>
   <si>
     <t xml:space="preserve">Aš</t>
   </si>
   <si>
     <t xml:space="preserve">35201</t>
   </si>
   <si>
     <t xml:space="preserve">Stravování a Ubytování</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.firmy.cz/detail/13597480-steak-restaurant-u-sprenaru-as.html</t>
+  </si>
+  <si>
     <t xml:space="preserve">Svět dekorací a květin</t>
   </si>
   <si>
     <t xml:space="preserve">Hlavní 330/76</t>
   </si>
   <si>
     <t xml:space="preserve">Aš</t>
   </si>
   <si>
     <t xml:space="preserve">35201</t>
   </si>
   <si>
     <t xml:space="preserve">Ostatní zboží a služby</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.facebook.com/profile.php?id=100088164121852</t>
+  </si>
+  <si>
     <t xml:space="preserve">Tomáš Zísler - zpracování a prodej palivového dřeva</t>
   </si>
   <si>
     <t xml:space="preserve">Mokřiny 224</t>
   </si>
   <si>
     <t xml:space="preserve">Aš - Mokřiny</t>
   </si>
   <si>
     <t xml:space="preserve">35201</t>
   </si>
   <si>
     <t xml:space="preserve">Ostatní zboží a služby</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.firmazisler.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">TUKA s.r.o</t>
   </si>
   <si>
     <t xml:space="preserve">Nádražní 2169/16</t>
   </si>
   <si>
     <t xml:space="preserve">Aš</t>
   </si>
   <si>
     <t xml:space="preserve">35201</t>
   </si>
   <si>
     <t xml:space="preserve">Ostatní zboží a služby</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.tuka-praha.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Violeta Yordanova Tsankova - Suny suny pelíšky</t>
   </si>
   <si>
     <t xml:space="preserve">Hlavní 121</t>
   </si>
   <si>
     <t xml:space="preserve">Aš</t>
   </si>
   <si>
     <t xml:space="preserve">35201</t>
   </si>
   <si>
     <t xml:space="preserve">Ostatní zboží a služby</t>
   </si>
   <si>
+    <t xml:space="preserve">https://Www.sunysunypelisky.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Vyrobeno s láskou od Terky - Dárkové zboží, květinová dekorace</t>
   </si>
   <si>
     <t xml:space="preserve">Hlavní 119</t>
   </si>
   <si>
     <t xml:space="preserve">Aš</t>
   </si>
   <si>
     <t xml:space="preserve">35201</t>
   </si>
   <si>
     <t xml:space="preserve">Bytové vybavení, zařízení domácnosti, Ostatní zboží a služby</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.facebook.com/share/1DGdcWttje/</t>
+  </si>
+  <si>
     <t xml:space="preserve">West Corner</t>
   </si>
   <si>
     <t xml:space="preserve">Okružní 7</t>
   </si>
   <si>
     <t xml:space="preserve">Aš</t>
   </si>
   <si>
     <t xml:space="preserve">35201</t>
   </si>
   <si>
     <t xml:space="preserve">Ostatní zboží a služby</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.facebook.com/profile.php?id=100090673137315</t>
+  </si>
+  <si>
     <t xml:space="preserve">WeTo Alešovka - Bar</t>
   </si>
   <si>
     <t xml:space="preserve">Alešova 25</t>
   </si>
   <si>
     <t xml:space="preserve">Aš</t>
   </si>
   <si>
     <t xml:space="preserve">35201</t>
   </si>
   <si>
     <t xml:space="preserve">Ostatní zboží a služby</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.facebook.com/alesovkaweto/</t>
+  </si>
+  <si>
     <t xml:space="preserve">Železářství Vojík Aš</t>
   </si>
   <si>
     <t xml:space="preserve">Hlavní 2992</t>
   </si>
   <si>
     <t xml:space="preserve">Aš</t>
   </si>
   <si>
     <t xml:space="preserve">35201</t>
   </si>
   <si>
     <t xml:space="preserve">Bytové vybavení, zařízení domácnosti</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://www.zelezarstvi-vojik.cz</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
@@ -568,621 +661,918 @@
       <top/>
       <bottom/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf borderId="0" fillId="0" fontId="0" numFmtId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
-    <row r="1" spans="1:5">
+    <row r="1" spans="1:9">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
-    </row>
-    <row r="2" spans="1:5">
+      <c r="F1" s="0">
+        <v>50.2105668</v>
+      </c>
+      <c r="G1" s="0">
+        <v>12.1978843</v>
+      </c>
+      <c r="H1" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="2" spans="1:9">
       <c r="A2" s="0" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="B2" s="0" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C2" s="0" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D2" s="0" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E2" s="0" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:5">
+        <v>10</v>
+      </c>
+      <c r="F2" s="0">
+        <v>50.2176693</v>
+      </c>
+      <c r="G2" s="0">
+        <v>12.1946602</v>
+      </c>
+      <c r="H2" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="3" spans="1:9">
       <c r="A3" s="0" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="B3" s="0" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="C3" s="0" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="D3" s="0" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E3" s="0" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:5">
+        <v>16</v>
+      </c>
+      <c r="F3" s="0">
+        <v>50.2197471</v>
+      </c>
+      <c r="G3" s="0">
+        <v>12.1884935</v>
+      </c>
+      <c r="H3" s="0" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="4" spans="1:9">
       <c r="A4" s="0" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B4" s="0" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C4" s="0" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="D4" s="0" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="E4" s="0" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:5">
+        <v>22</v>
+      </c>
+      <c r="F4" s="0">
+        <v>50.2324292</v>
+      </c>
+      <c r="G4" s="0">
+        <v>12.1866118</v>
+      </c>
+      <c r="H4" s="0" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="5" spans="1:9">
       <c r="A5" s="0" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="B5" s="0" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="C5" s="0" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="D5" s="0" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="E5" s="0" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:5">
+        <v>28</v>
+      </c>
+      <c r="F5" s="0">
+        <v>50.2178001</v>
+      </c>
+      <c r="G5" s="0">
+        <v>12.1950119</v>
+      </c>
+      <c r="H5" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="6" spans="1:9">
       <c r="A6" s="0" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="B6" s="0" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="D6" s="0" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="E6" s="0" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:5">
+        <v>34</v>
+      </c>
+      <c r="F6" s="0">
+        <v>50.2218661</v>
+      </c>
+      <c r="G6" s="0">
+        <v>12.1997725</v>
+      </c>
+    </row>
+    <row r="7" spans="1:9">
       <c r="A7" s="0" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="B7" s="0" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="D7" s="0" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="E7" s="0" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:5">
+        <v>39</v>
+      </c>
+      <c r="F7" s="0">
+        <v>50.216664</v>
+      </c>
+      <c r="G7" s="0">
+        <v>12.1949464</v>
+      </c>
+      <c r="H7" s="0" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9">
       <c r="A8" s="0" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="D8" s="0" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="E8" s="0" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:5">
+        <v>45</v>
+      </c>
+      <c r="F8" s="0">
+        <v>50.2216394</v>
+      </c>
+      <c r="G8" s="0">
+        <v>12.1882567</v>
+      </c>
+      <c r="H8" s="0" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9">
       <c r="A9" s="0" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
       <c r="D9" s="0" t="s">
-        <v>43</v>
+        <v>50</v>
       </c>
       <c r="E9" s="0" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:5">
+        <v>51</v>
+      </c>
+      <c r="F9" s="0">
+        <v>50.221074</v>
+      </c>
+      <c r="G9" s="0">
+        <v>12.188294</v>
+      </c>
+      <c r="H9" s="0" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="10" spans="1:9">
       <c r="A10" s="0" t="s">
-        <v>45</v>
+        <v>53</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>47</v>
+        <v>55</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>48</v>
+        <v>56</v>
       </c>
       <c r="E10" s="0" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:5">
+        <v>57</v>
+      </c>
+      <c r="F10" s="0">
+        <v>50.2210398</v>
+      </c>
+      <c r="G10" s="0">
+        <v>12.1899926</v>
+      </c>
+      <c r="H10" s="0" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9">
       <c r="A11" s="0" t="s">
-        <v>50</v>
+        <v>59</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>51</v>
+        <v>60</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>52</v>
+        <v>61</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="E11" s="0" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:5">
+        <v>63</v>
+      </c>
+      <c r="F11" s="0">
+        <v>50.2227561</v>
+      </c>
+      <c r="G11" s="0">
+        <v>12.1907181</v>
+      </c>
+      <c r="H11" s="0" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="12" spans="1:9">
       <c r="A12" s="0" t="s">
-        <v>55</v>
+        <v>65</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>56</v>
+        <v>66</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>57</v>
+        <v>67</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>58</v>
+        <v>68</v>
       </c>
       <c r="E12" s="0" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:5">
+        <v>69</v>
+      </c>
+      <c r="F12" s="0">
+        <v>50.2235698</v>
+      </c>
+      <c r="G12" s="0">
+        <v>12.1919022</v>
+      </c>
+      <c r="H12" s="0" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9">
       <c r="A13" s="0" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>61</v>
+        <v>72</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>63</v>
+        <v>74</v>
       </c>
       <c r="E13" s="0" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:5">
+        <v>75</v>
+      </c>
+      <c r="F13" s="0">
+        <v>50.2211288</v>
+      </c>
+      <c r="G13" s="0">
+        <v>12.1945633</v>
+      </c>
+      <c r="H13" s="0" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9">
       <c r="A14" s="0" t="s">
-        <v>65</v>
+        <v>77</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>66</v>
+        <v>78</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>67</v>
+        <v>79</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>68</v>
+        <v>80</v>
       </c>
       <c r="E14" s="0" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:5">
+        <v>81</v>
+      </c>
+      <c r="F14" s="0">
+        <v>50.2128116</v>
+      </c>
+      <c r="G14" s="0">
+        <v>12.1963643</v>
+      </c>
+      <c r="H14" s="0" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9">
       <c r="A15" s="0" t="s">
-        <v>70</v>
+        <v>83</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>71</v>
+        <v>84</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>72</v>
+        <v>85</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>73</v>
+        <v>86</v>
       </c>
       <c r="E15" s="0" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:5">
+        <v>87</v>
+      </c>
+      <c r="F15" s="0">
+        <v>50.2139548</v>
+      </c>
+      <c r="G15" s="0">
+        <v>12.1964029</v>
+      </c>
+      <c r="H15" s="0" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9">
       <c r="A16" s="0" t="s">
-        <v>75</v>
+        <v>89</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>76</v>
+        <v>90</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>77</v>
+        <v>91</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>78</v>
+        <v>92</v>
       </c>
       <c r="E16" s="0" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:5">
+        <v>93</v>
+      </c>
+      <c r="F16" s="0">
+        <v>50.2130582</v>
+      </c>
+      <c r="G16" s="0">
+        <v>12.1952692</v>
+      </c>
+      <c r="H16" s="0" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9">
       <c r="A17" s="0" t="s">
-        <v>80</v>
+        <v>95</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>81</v>
+        <v>96</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>82</v>
+        <v>97</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>83</v>
+        <v>98</v>
       </c>
       <c r="E17" s="0" t="s">
-        <v>84</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:5">
+        <v>99</v>
+      </c>
+      <c r="F17" s="0">
+        <v>50.2263312</v>
+      </c>
+      <c r="G17" s="0">
+        <v>12.1867367</v>
+      </c>
+      <c r="H17" s="0" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9">
       <c r="A18" s="0" t="s">
-        <v>85</v>
+        <v>101</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>86</v>
+        <v>102</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>87</v>
+        <v>103</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>88</v>
+        <v>104</v>
       </c>
       <c r="E18" s="0" t="s">
-        <v>89</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:5">
+        <v>105</v>
+      </c>
+      <c r="F18" s="0">
+        <v>50.2233777</v>
+      </c>
+      <c r="G18" s="0">
+        <v>12.187047</v>
+      </c>
+      <c r="H18" s="0" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="19" spans="1:9">
       <c r="A19" s="0" t="s">
-        <v>90</v>
+        <v>107</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>91</v>
+        <v>108</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>92</v>
+        <v>109</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>93</v>
+        <v>110</v>
       </c>
       <c r="E19" s="0" t="s">
-        <v>94</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:5">
+        <v>111</v>
+      </c>
+      <c r="F19" s="0">
+        <v>50.2216394</v>
+      </c>
+      <c r="G19" s="0">
+        <v>12.1882567</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9">
       <c r="A20" s="0" t="s">
-        <v>95</v>
+        <v>112</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>96</v>
+        <v>113</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>97</v>
+        <v>114</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>98</v>
+        <v>115</v>
       </c>
       <c r="E20" s="0" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:5">
+        <v>116</v>
+      </c>
+      <c r="F20" s="0">
+        <v>50.2105668</v>
+      </c>
+      <c r="G20" s="0">
+        <v>12.1978843</v>
+      </c>
+    </row>
+    <row r="21" spans="1:9">
       <c r="A21" s="0" t="s">
-        <v>100</v>
+        <v>117</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>101</v>
+        <v>118</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>102</v>
+        <v>119</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>103</v>
+        <v>120</v>
       </c>
       <c r="E21" s="0" t="s">
-        <v>104</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:5">
+        <v>121</v>
+      </c>
+      <c r="F21" s="0">
+        <v>50.2185598</v>
+      </c>
+      <c r="G21" s="0">
+        <v>12.1940569</v>
+      </c>
+      <c r="H21" s="0" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="22" spans="1:9">
       <c r="A22" s="0" t="s">
-        <v>105</v>
+        <v>123</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>106</v>
+        <v>124</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>107</v>
+        <v>125</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>108</v>
+        <v>126</v>
       </c>
       <c r="E22" s="0" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:5">
+        <v>127</v>
+      </c>
+      <c r="F22" s="0">
+        <v>50.2098917</v>
+      </c>
+      <c r="G22" s="0">
+        <v>12.2041407</v>
+      </c>
+      <c r="H22" s="0" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="23" spans="1:9">
       <c r="A23" s="0" t="s">
-        <v>110</v>
+        <v>129</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>111</v>
+        <v>130</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>112</v>
+        <v>131</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>113</v>
+        <v>132</v>
       </c>
       <c r="E23" s="0" t="s">
-        <v>114</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:5">
+        <v>133</v>
+      </c>
+      <c r="F23" s="0">
+        <v>50.2139548</v>
+      </c>
+      <c r="G23" s="0">
+        <v>12.1964029</v>
+      </c>
+      <c r="H23" s="0" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="24" spans="1:9">
       <c r="A24" s="0" t="s">
-        <v>115</v>
+        <v>135</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>116</v>
+        <v>136</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>117</v>
+        <v>137</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>118</v>
+        <v>138</v>
       </c>
       <c r="E24" s="0" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:5">
+        <v>139</v>
+      </c>
+      <c r="F24" s="0">
+        <v>50.2197866</v>
+      </c>
+      <c r="G24" s="0">
+        <v>12.1909725</v>
+      </c>
+      <c r="H24" s="0" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="25" spans="1:9">
       <c r="A25" s="0" t="s">
-        <v>120</v>
+        <v>141</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>121</v>
+        <v>142</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>122</v>
+        <v>143</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>123</v>
+        <v>144</v>
       </c>
       <c r="E25" s="0" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:5">
+        <v>145</v>
+      </c>
+      <c r="F25" s="0">
+        <v>50.2238293</v>
+      </c>
+      <c r="G25" s="0">
+        <v>12.180979</v>
+      </c>
+      <c r="H25" s="0" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="26" spans="1:9">
       <c r="A26" s="0" t="s">
-        <v>125</v>
+        <v>147</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>126</v>
+        <v>148</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>127</v>
+        <v>149</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>128</v>
+        <v>150</v>
       </c>
       <c r="E26" s="0" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:5">
+        <v>151</v>
+      </c>
+      <c r="F26" s="0">
+        <v>50.2215647</v>
+      </c>
+      <c r="G26" s="0">
+        <v>12.1883905</v>
+      </c>
+      <c r="H26" s="0" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="27" spans="1:9">
       <c r="A27" s="0" t="s">
-        <v>130</v>
+        <v>153</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>131</v>
+        <v>154</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>132</v>
+        <v>155</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>133</v>
+        <v>156</v>
       </c>
       <c r="E27" s="0" t="s">
-        <v>134</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:5">
+        <v>157</v>
+      </c>
+      <c r="F27" s="0">
+        <v>50.2197866</v>
+      </c>
+      <c r="G27" s="0">
+        <v>12.1909725</v>
+      </c>
+      <c r="H27" s="0" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="28" spans="1:9">
       <c r="A28" s="0" t="s">
-        <v>135</v>
+        <v>159</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>136</v>
+        <v>160</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>137</v>
+        <v>161</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>138</v>
+        <v>162</v>
       </c>
       <c r="E28" s="0" t="s">
-        <v>139</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:5">
+        <v>163</v>
+      </c>
+      <c r="F28" s="0">
+        <v>50.2053372</v>
+      </c>
+      <c r="G28" s="0">
+        <v>12.2118297</v>
+      </c>
+      <c r="H28" s="0" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="29" spans="1:9">
       <c r="A29" s="0" t="s">
-        <v>140</v>
+        <v>165</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>141</v>
+        <v>166</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>142</v>
+        <v>167</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>143</v>
+        <v>168</v>
       </c>
       <c r="E29" s="0" t="s">
-        <v>144</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:5">
+        <v>169</v>
+      </c>
+      <c r="F29" s="0">
+        <v>50.2101665</v>
+      </c>
+      <c r="G29" s="0">
+        <v>12.1987095</v>
+      </c>
+      <c r="H29" s="0" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="30" spans="1:9">
       <c r="A30" s="0" t="s">
-        <v>145</v>
+        <v>171</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>146</v>
+        <v>172</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>147</v>
+        <v>173</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>148</v>
+        <v>174</v>
       </c>
       <c r="E30" s="0" t="s">
-        <v>149</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:5">
+        <v>175</v>
+      </c>
+      <c r="F30" s="0">
+        <v>50.2178001</v>
+      </c>
+      <c r="G30" s="0">
+        <v>12.1950119</v>
+      </c>
+      <c r="H30" s="0" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="31" spans="1:9">
       <c r="A31" s="0" t="s">
-        <v>150</v>
+        <v>177</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>151</v>
+        <v>178</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>152</v>
+        <v>179</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>153</v>
+        <v>180</v>
       </c>
       <c r="E31" s="0" t="s">
-        <v>154</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:5">
+        <v>181</v>
+      </c>
+      <c r="F31" s="0">
+        <v>50.2179057</v>
+      </c>
+      <c r="G31" s="0">
+        <v>12.1948909</v>
+      </c>
+      <c r="H31" s="0" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="32" spans="1:9">
       <c r="A32" s="0" t="s">
-        <v>155</v>
+        <v>183</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>156</v>
+        <v>184</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>157</v>
+        <v>185</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>158</v>
+        <v>186</v>
       </c>
       <c r="E32" s="0" t="s">
-        <v>159</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:5">
+        <v>187</v>
+      </c>
+      <c r="F32" s="0">
+        <v>50.2157755</v>
+      </c>
+      <c r="G32" s="0">
+        <v>12.1944037</v>
+      </c>
+      <c r="H32" s="0" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="33" spans="1:9">
       <c r="A33" s="0" t="s">
-        <v>160</v>
+        <v>189</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>161</v>
+        <v>190</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>162</v>
+        <v>191</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>163</v>
+        <v>192</v>
       </c>
       <c r="E33" s="0" t="s">
-        <v>164</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:5">
+        <v>193</v>
+      </c>
+      <c r="F33" s="0">
+        <v>50.2188926</v>
+      </c>
+      <c r="G33" s="0">
+        <v>12.1982037</v>
+      </c>
+      <c r="H33" s="0" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="34" spans="1:9">
       <c r="A34" s="0" t="s">
-        <v>165</v>
+        <v>195</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>166</v>
+        <v>196</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>167</v>
+        <v>197</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>168</v>
+        <v>198</v>
       </c>
       <c r="E34" s="0" t="s">
-        <v>169</v>
+        <v>199</v>
+      </c>
+      <c r="F34" s="0">
+        <v>50.2167873</v>
+      </c>
+      <c r="G34" s="0">
+        <v>12.1950643</v>
+      </c>
+      <c r="H34" s="0" t="s">
+        <v>200</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>